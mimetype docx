--- v0 (2026-02-16)
+++ v1 (2026-03-29)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4F6E3D10" w14:textId="3D798918" w:rsidR="002C14AB" w:rsidRDefault="002C14AB" w:rsidP="002C14AB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="6318" w:tblpY="16"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3720"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A45FD7" w14:paraId="624FEA44" w14:textId="77777777" w:rsidTr="00DA609B">
+      <w:tr w:rsidR="00A45FD7" w:rsidRPr="0047481D" w14:paraId="624FEA44" w14:textId="77777777" w:rsidTr="00DA609B">
         <w:trPr>
           <w:trHeight w:val="1556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="51AC02BD" w14:textId="77777777" w:rsidR="00A45FD7" w:rsidRPr="002B0D3D" w:rsidRDefault="00A45FD7" w:rsidP="00DA609B">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0D3D">
               <w:rPr>
@@ -82,57 +82,58 @@
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">PATVIRTINTA </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EF1EB5E" w14:textId="77777777" w:rsidR="00A45FD7" w:rsidRPr="002B0D3D" w:rsidRDefault="00A45FD7" w:rsidP="00DA609B">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B0D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Raseinių meno  mokyklos</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31DF65C4" w14:textId="11AB54A0" w:rsidR="00A45FD7" w:rsidRPr="002B0D3D" w:rsidRDefault="00A45FD7" w:rsidP="00DA609B">
+          <w:p w14:paraId="31DF65C4" w14:textId="22BCA1E1" w:rsidR="00A45FD7" w:rsidRPr="0047481D" w:rsidRDefault="00A45FD7" w:rsidP="00DA609B">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="002B0D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>irektoriaus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -145,145 +146,128 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00D7223F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="002B0D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> m.</w:t>
             </w:r>
-            <w:r w:rsidR="00A06388">
+            <w:r w:rsidR="0005186A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D7223F">
+            <w:r w:rsidR="0047481D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>sausio</w:t>
+              <w:t xml:space="preserve">kovo     </w:t>
             </w:r>
             <w:r w:rsidR="00C92FEC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00552E51">
+            <w:r w:rsidR="0065610D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">30 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0065610D">
+              <w:t>d.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63768">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>d.</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0010670E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>įsakymu</w:t>
             </w:r>
-            <w:r w:rsidRPr="0052526B">
-[...4 lines deleted...]
-                <w:lang w:val="pt-BR"/>
+            <w:r w:rsidRPr="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="0010670E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Nr. V-</w:t>
             </w:r>
-            <w:r w:rsidR="00552E51">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EDB1948" w14:textId="77777777" w:rsidR="00A45FD7" w:rsidRPr="00F808EE" w:rsidRDefault="00A45FD7" w:rsidP="00A45FD7">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F808EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 </w:t>
@@ -318,2633 +302,3386 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F808EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                          </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D7F54C8" w14:textId="1646ADCF" w:rsidR="00A45FD7" w:rsidRPr="00F808EE" w:rsidRDefault="00A45FD7" w:rsidP="00167969">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62D650F6" w14:textId="59FCEF4F" w:rsidR="00B355A9" w:rsidRPr="00B223C8" w:rsidRDefault="00721C8C" w:rsidP="00B223C8">
+    <w:p w14:paraId="62D650F6" w14:textId="4BA77853" w:rsidR="00B355A9" w:rsidRPr="00B223C8" w:rsidRDefault="00721C8C" w:rsidP="00B223C8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">       </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00023244">
+      <w:r w:rsidR="00837528">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DAEE130" wp14:editId="7AD48FF6">
-[...2 lines deleted...]
-            <wp:docPr id="3" name="Paveikslėlis 3"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="72BFF5B2" wp14:editId="2D67D708">
+            <wp:extent cx="4761769" cy="2543175"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+            <wp:docPr id="2" name="Paveikslėlis 2" descr="šimtaprocentinis pavasaris :)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="šimtaprocentinis pavasaris :)"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5" cstate="print">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5153025" cy="2638425"/>
+                      <a:ext cx="4838293" cy="2584045"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                      </w:t>
+        <w:t xml:space="preserve">                                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28A1155B" w14:textId="13847908" w:rsidR="005E2417" w:rsidRPr="00023244" w:rsidRDefault="00023244" w:rsidP="00023244">
+    <w:p w14:paraId="28A1155B" w14:textId="03B10C07" w:rsidR="005E2417" w:rsidRPr="00023244" w:rsidRDefault="00023244" w:rsidP="00023244">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Historic" w:hAnsi="Segoe UI Historic" w:cs="Segoe UI Historic"/>
           <w:color w:val="080809"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
-      </w:r>
-[...97 lines deleted...]
-        <w:t xml:space="preserve"> ciklo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5D7DEB" w14:textId="51FB16A8" w:rsidR="002C14AB" w:rsidRPr="00F808EE" w:rsidRDefault="002C14AB" w:rsidP="002C14AB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F808EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">RASEINIŲ MENO MOKYKLOS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2799541F" w14:textId="2F452A6C" w:rsidR="002C14AB" w:rsidRPr="00C24FD8" w:rsidRDefault="00BA6AF0" w:rsidP="00C24FD8">
+    <w:p w14:paraId="2799541F" w14:textId="3E8DAC38" w:rsidR="002C14AB" w:rsidRPr="00C24FD8" w:rsidRDefault="00837528" w:rsidP="00C24FD8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
-        <w:t>VASARIO</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">KOVO </w:t>
       </w:r>
       <w:r w:rsidR="00B679B6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t>MĖNESIO</w:t>
       </w:r>
       <w:r w:rsidR="000B70B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> VEIKLOS PLANAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="9901" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4096"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2960"/>
+        <w:gridCol w:w="4248"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2535"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009376FF" w:rsidRPr="00F75017" w14:paraId="5E3F99BB" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="009376FF" w:rsidRPr="00F75017" w14:paraId="5E3F99BB" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4966643C" w14:textId="77777777" w:rsidR="009376FF" w:rsidRPr="009049D6" w:rsidRDefault="009376FF" w:rsidP="009376FF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009049D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Veiklos pavadinimas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D73A7B8" w14:textId="77777777" w:rsidR="009376FF" w:rsidRPr="00F75017" w:rsidRDefault="009376FF" w:rsidP="009376FF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58F647EF" w14:textId="06285307" w:rsidR="009376FF" w:rsidRPr="00F75017" w:rsidRDefault="009376FF" w:rsidP="009376FF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009049D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Data/vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B329308" w14:textId="014E7E90" w:rsidR="009376FF" w:rsidRPr="00F75017" w:rsidRDefault="009376FF" w:rsidP="009376FF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009049D6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Atsakingas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000157C8" w:rsidRPr="00F75017" w14:paraId="44A7EE55" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="000157C8" w:rsidRPr="00F75017" w14:paraId="44A7EE55" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...89 lines deleted...]
-          <w:p w14:paraId="7CAE455D" w14:textId="75DDE6D7" w:rsidR="0068028E" w:rsidRDefault="00864B73" w:rsidP="0090634F">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3A6A23" w14:textId="43AEFFEC" w:rsidR="000157C8" w:rsidRPr="00516C77" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00516C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t> 9-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00B77C14">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00516C77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>klasių mokinių dainuojamosios poezijos konkursas (rajono etapas).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0224071D" w14:textId="3BA98730" w:rsidR="00D7223F" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>3 d. 10:00 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5506B082" w14:textId="157B71F4" w:rsidR="00516C77" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Ariogalos gimnazija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAE455D" w14:textId="4B6E504A" w:rsidR="0068028E" w:rsidRDefault="00516C77" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>G. Norkienė</w:t>
+              <w:t>D. Ročka</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000157C8" w:rsidRPr="00F75017" w14:paraId="01B9F29B" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="000157C8" w:rsidRPr="0047481D" w14:paraId="01B9F29B" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="4238379A" w14:textId="39E96277" w:rsidR="0068028E" w:rsidRDefault="00864B73" w:rsidP="0090634F">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="489B3401" w14:textId="23A4C72F" w:rsidR="000157C8" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tarptautinis jaunųjų atlikėjų konkursas ,,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Corpore</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16492B89" w14:textId="71B41E11" w:rsidR="0068028E" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00864B73">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0526F2AB" w14:textId="189FF4CA" w:rsidR="00D7223F" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Gargžd</w:t>
+            </w:r>
+            <w:r w:rsidR="007D5487">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ų MM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCC33BD" w14:textId="77777777" w:rsidR="0068028E" w:rsidRDefault="00516C77" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">R. </w:t>
+              <w:t xml:space="preserve">J. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Surkienė</w:t>
+              <w:t>Turčinskienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
+          <w:p w14:paraId="6AC7D897" w14:textId="77777777" w:rsidR="00516C77" w:rsidRDefault="00516C77" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>L. Juodytė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4238379A" w14:textId="7B31AD3B" w:rsidR="00A664EC" w:rsidRDefault="00A664EC" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Nikžentaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0068028E" w:rsidRPr="00F75017" w14:paraId="6FA7F3E4" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="0068028E" w:rsidRPr="00F75017" w14:paraId="6FA7F3E4" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...18 lines deleted...]
-              <w:t xml:space="preserve">Meninis </w:t>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65454DE2" w14:textId="5687F3DB" w:rsidR="0068028E" w:rsidRDefault="00CF48FF" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Respublikinis festivalis ,,Skambioji fleita“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4797E203" w14:textId="16B16A3C" w:rsidR="00D02514" w:rsidRDefault="00864B73" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D7223F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EC9B1C4" w14:textId="15E6D5BB" w:rsidR="00D7223F" w:rsidRDefault="00CF48FF" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kaun</w:t>
+            </w:r>
+            <w:r w:rsidR="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> M. Petrausko scenos menų mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB57DCE" w14:textId="15F70CBF" w:rsidR="0068028E" w:rsidRDefault="00CF48FF" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00522CE2">
-[...15 lines deleted...]
-              <w:t>projektas</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Nikžentaitienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...96 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395077" w:rsidRPr="00F75017" w14:paraId="39E1E8EA" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00395077" w:rsidRPr="00F75017" w14:paraId="39E1E8EA" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...98 lines deleted...]
-          <w:p w14:paraId="765617D0" w14:textId="77777777" w:rsidR="00395077" w:rsidRDefault="00864B73" w:rsidP="0090634F">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F32EF40" w14:textId="5157BD75" w:rsidR="00395077" w:rsidRDefault="00CF48FF" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Respublikinis pučiamųjų instrumentų konkursas ,,Salve </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Venti</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Musica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5182C553" w14:textId="2F453286" w:rsidR="00395077" w:rsidRDefault="00C05782" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>7 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40115AB8" w14:textId="27AE1E8F" w:rsidR="00C05782" w:rsidRDefault="00C05782" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kaun</w:t>
+            </w:r>
+            <w:r w:rsidR="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-oji muzikos mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5A2784" w14:textId="77777777" w:rsidR="00864B73" w:rsidRDefault="00C05782" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
+              <w:t xml:space="preserve">A. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Siliūnas</w:t>
+              <w:t>Nikžentaitienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="74D210F8" w14:textId="1FBBB384" w:rsidR="00864B73" w:rsidRDefault="00864B73" w:rsidP="0090634F">
+          <w:p w14:paraId="74D210F8" w14:textId="4DFDAD02" w:rsidR="007809ED" w:rsidRDefault="007809ED" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
+              <w:t xml:space="preserve">D. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Skirmantaitė-Ivoškienė</w:t>
+              <w:t>Petkevičiūtė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00395077" w:rsidRPr="0052526B" w14:paraId="1C9733A3" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="004A7559" w:rsidRPr="00F75017" w14:paraId="2E62EEF4" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...100 lines deleted...]
-          <w:p w14:paraId="718E4FA6" w14:textId="77777777" w:rsidR="00395077" w:rsidRDefault="007B679C" w:rsidP="0090634F">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C430DF" w14:textId="3D018B60" w:rsidR="004A7559" w:rsidRDefault="004A7559" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VDU akordeono muzikos akademijos akordeono specialybės studentų koncertas </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4593A7E3" w14:textId="0CB01766" w:rsidR="004A7559" w:rsidRDefault="004A7559" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>9 d. 17:00 val.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9C973D" w14:textId="2D9F91EE" w:rsidR="004A7559" w:rsidRDefault="004A7559" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
-[...75 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>A. Baliukonytė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="3BC8D192" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="0073422E" w:rsidRPr="00F75017" w14:paraId="66C80D5E" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="6F3ABF46" w14:textId="30262999" w:rsidR="00D02514" w:rsidRDefault="00064CB8" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39C6AF2B" w14:textId="5DD72000" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Meninė akcija ,,Nusipink draugystės juostelę“ skirta Lietuvos nepriklausomybės atkūrimo dienai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163AE14F" w14:textId="4C774DC5" w:rsidR="0073422E" w:rsidRDefault="00A76D0B" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 d. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE2619F" w14:textId="29EF1992" w:rsidR="0073422E" w:rsidRDefault="00A76D0B" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Administracija</w:t>
+              <w:t>G. Norkienė</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="0ADACCBC" w14:textId="77777777" w:rsidTr="00D7223F">
-[...121 lines deleted...]
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="5C4AEFBA" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00395077" w:rsidRPr="00F75017" w14:paraId="1C9733A3" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="19653FBD" w14:textId="10523A03" w:rsidR="00D02514" w:rsidRDefault="00522CE2" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8F5D57" w14:textId="2A3DDCB9" w:rsidR="00395077" w:rsidRDefault="00C05782" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Projektas Europos muzikos diena mokykloje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C86F9AC" w14:textId="78E95D89" w:rsidR="00395077" w:rsidRDefault="007B679C" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05782">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CFCB270" w14:textId="137605BE" w:rsidR="007B679C" w:rsidRDefault="00C05782" w:rsidP="0090634F">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>RMM</w:t>
+            </w:r>
+            <w:r w:rsidR="00D727E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> II pastatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="455658BD" w14:textId="37E25DD6" w:rsidR="007B679C" w:rsidRDefault="00C05782" w:rsidP="0090634F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">R. </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>J. Daugėlienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00522CE2" w:rsidRPr="0052526B" w14:paraId="549CC600" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00D02514" w:rsidRPr="0047481D" w14:paraId="3BC8D192" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="0E556880" w14:textId="7D5A6415" w:rsidR="00522CE2" w:rsidRDefault="00522CE2" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05575B71" w14:textId="4A64BA9D" w:rsidR="00D02514" w:rsidRDefault="006C15E1" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Jungtinio choro apžiūra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6F39D4" w14:textId="77777777" w:rsidR="00064CB8" w:rsidRDefault="006C15E1" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>13 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="035BAE4F" w14:textId="0B67E00F" w:rsidR="006C15E1" w:rsidRDefault="006C15E1" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Jurbarko MM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE3A534" w14:textId="77777777" w:rsidR="00D02514" w:rsidRDefault="006C15E1" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
+              <w:t>J. Daugėlienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C387370" w14:textId="77777777" w:rsidR="006C15E1" w:rsidRDefault="006C15E1" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Skirmantaitė-Ivoškienė</w:t>
+              <w:t>Kumpikevičienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="72738406" w14:textId="7136A9EA" w:rsidR="00522CE2" w:rsidRDefault="00522CE2" w:rsidP="00D02514">
+          <w:p w14:paraId="6F3ABF46" w14:textId="06661AA7" w:rsidR="00542264" w:rsidRDefault="00542264" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Dž</w:t>
+              <w:t>Petkevičiūtė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="4FA23A63" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="0ADACCBC" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="739"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE7BEC8" w14:textId="368499EE" w:rsidR="00D02514" w:rsidRPr="00A447AD" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Privalomi nuotoliniai mokymai darbuotojams duomenų apsaugos tema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="218EDE91" w14:textId="458573EA" w:rsidR="00D7223F" w:rsidRPr="009049D6" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>17 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FD2756" w14:textId="6504BBD1" w:rsidR="00D02514" w:rsidRPr="009049D6" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Administracija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="5C4AEFBA" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="6FD814C8" w14:textId="40917D1F" w:rsidR="00522CE2" w:rsidRDefault="00522CE2" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="656F252A" w14:textId="112E84B6" w:rsidR="00D02514" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Seminaras ,,Išmaniųjų priemonių taikymas gitaros pamokoje“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F1AC20" w14:textId="5803F83A" w:rsidR="00522CE2" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17 d. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19653FBD" w14:textId="2A116EEC" w:rsidR="00D02514" w:rsidRDefault="008F7C6E" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Dž</w:t>
+              <w:t>Radčenko</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="662B454C" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="549CC600" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="4254EE96" w14:textId="77777777" w:rsidR="00522CE2" w:rsidRDefault="00994260" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58711E65" w14:textId="0139F344" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pamoka kitaip, k</w:t>
+            </w:r>
+            <w:r w:rsidR="008F7C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">oncertas </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>,,</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008F7C6E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Electrosy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mphony</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EA6CEC8" w14:textId="77777777" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>18 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06A7E7C7" w14:textId="68EBEB27" w:rsidR="00924124" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kaun</w:t>
+            </w:r>
+            <w:r w:rsidR="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Žalgirio arena</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72738406" w14:textId="261FE2F4" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">G. </w:t>
+              <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Kozikienė</w:t>
+              <w:t>Dabžanskis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="65897A72" w14:textId="7384E7B0" w:rsidR="00994260" w:rsidRDefault="00994260" w:rsidP="00D02514">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="736E1095" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="4FA23A63" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...151 lines deleted...]
-          <w:p w14:paraId="7436BFEE" w14:textId="3541609B" w:rsidR="00522CE2" w:rsidRDefault="002460BE" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75E7828A" w14:textId="28D3097C" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Pianistų projekto ,,Metų laikai“ festivalis ,,Pavasaris“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53262E02" w14:textId="77777777" w:rsidR="00924124" w:rsidRDefault="00924124" w:rsidP="00924124">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19 d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D87DA8C" w14:textId="7ABFEDA5" w:rsidR="00924124" w:rsidRDefault="00924124" w:rsidP="00924124">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>RMM II pastatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD814C8" w14:textId="14DBF5D3" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Fortepijono metodinė grupė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="3EE97C1D" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="662B454C" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="558F0D5A" w14:textId="77777777" w:rsidR="00E72CBB" w:rsidRDefault="00E72CBB" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA15F89" w14:textId="688686A8" w:rsidR="00522CE2" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Kvalifikacijos tobulinimo praktikumas ,,Interpretacijos vaidmuo darbo su kūriniu procese“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A11EA1D" w14:textId="77777777" w:rsidR="00924124" w:rsidRDefault="00924124" w:rsidP="00924124">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19 d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CDAEB81" w14:textId="3C4F2D2E" w:rsidR="00994260" w:rsidRDefault="00924124" w:rsidP="00924124">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>RMM II pastatas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65897A72" w14:textId="70A3A463" w:rsidR="00994260" w:rsidRDefault="00924124" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">A. </w:t>
+              <w:t xml:space="preserve">J. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Nikžentaitienė</w:t>
+              <w:t>Sederevičiūtė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="108E51EC" w14:textId="5181BB90" w:rsidR="00E72CBB" w:rsidRDefault="00E72CBB" w:rsidP="00D02514">
-[...19 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="1C5347FE" w14:textId="77777777" w:rsidTr="00501AC0">
+      <w:tr w:rsidR="00522CE2" w:rsidRPr="00F75017" w14:paraId="736E1095" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...71 lines deleted...]
-          <w:p w14:paraId="2AF53732" w14:textId="5A3EC03B" w:rsidR="00E72CBB" w:rsidRDefault="00E72CBB" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="377329B1" w14:textId="52B110B3" w:rsidR="002460BE" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Lietuvos asmenų su negalia piešinių konkursas ,,Kultūros tiltai“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6208E25B" w14:textId="77777777" w:rsidR="002460BE" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>20 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58133721" w14:textId="21D40389" w:rsidR="00924124" w:rsidRDefault="00924124" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Trakų kultūros ir meno centras</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7436BFEE" w14:textId="033F2F8B" w:rsidR="00522CE2" w:rsidRDefault="000C0196" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">G. </w:t>
+              <w:t>G. Norkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="3EE97C1D" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF573DB" w14:textId="4692A8D5" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Tarptautinis mokinių piešinių konkursas ,,Gamta</w:t>
+            </w:r>
+            <w:r w:rsidR="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>didelis stebuklas“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="216D5560" w14:textId="77777777" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F6A6AC1" w14:textId="69168EB3" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Šiaulių dailės mokykla</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="108E51EC" w14:textId="065C3955" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>G. Norkienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A365D6" w:rsidRPr="00F75017" w14:paraId="3FA54D1D" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D149844" w14:textId="3E72E075" w:rsidR="00A365D6" w:rsidRPr="00A365D6" w:rsidRDefault="00A365D6" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A365D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Teorijos metodinės grupės</w:t>
+            </w:r>
+            <w:r w:rsidR="000079D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> susirinkimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57622407" w14:textId="77777777" w:rsidR="00A365D6" w:rsidRPr="00A365D6" w:rsidRDefault="00A365D6" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A365D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>24 d. 9:00 val.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A225F2A" w14:textId="1CE08F4C" w:rsidR="00A365D6" w:rsidRPr="00A365D6" w:rsidRDefault="00A365D6" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A365D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>RMM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A9AED8" w14:textId="257AD82D" w:rsidR="00A365D6" w:rsidRDefault="00A365D6" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">V. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Kozikienė</w:t>
+              <w:t>Dauknaitė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="3B030EAF" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="1C5347FE" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E48474" w14:textId="595752E2" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Atvira pamoka ,,Vaidinimo kūrimas. Praktinės užduotys ir veiksminė analizė“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CCB22CC" w14:textId="77777777" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>25 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27BA239E" w14:textId="06A29563" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Teatro studija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF53732" w14:textId="62FCE183" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Damašauskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0073422E" w:rsidRPr="00F75017" w14:paraId="35A970F3" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="556DB302" w14:textId="2C9E2E29" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>XIV tarptautinis pučiamųjų instrumentų ansamblių ir orkestrų konkursas ,,Pavasario trimitai 2026“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D861B9B" w14:textId="77777777" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>26 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C794098" w14:textId="5DD80F3D" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Plungės MM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A14B568" w14:textId="2CC360D5" w:rsidR="0073422E" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">V. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Dabžanskis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3E328148" w14:textId="77777777" w:rsidR="00D54E5C" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Krišt</w:t>
+            </w:r>
+            <w:r w:rsidR="00D54E5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>pavičius</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="5FEFA1F4" w14:textId="77777777" w:rsidR="00D54E5C" w:rsidRDefault="00D54E5C" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Nikžentaitienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="02B00481" w14:textId="0C45CC52" w:rsidR="00D54E5C" w:rsidRDefault="00D54E5C" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Petkevičiūtė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0073422E" w:rsidRPr="00F75017" w14:paraId="6A09C982" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E0AEF12" w14:textId="722B7DD1" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>VII respublikinis muzikos (meno)</w:t>
+            </w:r>
+            <w:r w:rsidR="007B380A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>mokyklų jaunųjų atlikėjų kamerin</w:t>
+            </w:r>
+            <w:r w:rsidR="007B380A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>ės</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> muziko</w:t>
+            </w:r>
+            <w:r w:rsidR="007B380A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> festivalis ,,Vaivorykštės juosta – 2026“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="458F6D24" w14:textId="77777777" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26 d. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14826A05" w14:textId="6868923C" w:rsidR="004A7559" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>RMM Ariogalos skyrius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E459F6" w14:textId="77777777" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">K. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Jušinskas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="6A2A0B8B" w14:textId="680EC762" w:rsidR="004A7559" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Dalyvaujantys mokytojai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00462ACD" w:rsidRPr="00F75017" w14:paraId="0A76A576" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D470C4" w14:textId="33163DA9" w:rsidR="00462ACD" w:rsidRDefault="00462ACD" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>III respublikinis jaunųjų dirigentų konkursas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE38BA3" w14:textId="77777777" w:rsidR="00462ACD" w:rsidRDefault="00462ACD" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>27 d.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EF6F986" w14:textId="1FBEE7BF" w:rsidR="00462ACD" w:rsidRDefault="00462ACD" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Biržų V. Jakubėno MM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CF8037" w14:textId="462DF29D" w:rsidR="00462ACD" w:rsidRDefault="00462ACD" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>J. Daugėlienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0073422E" w:rsidRPr="00F75017" w14:paraId="393EEA8C" w14:textId="77777777" w:rsidTr="0047481D">
+        <w:trPr>
+          <w:trHeight w:val="697"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F4BEA7" w14:textId="498761ED" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Respublikinis nuotolinis mokinių kūrybinių darbų konkursas ,,Mano saugi sala“</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2042DA72" w14:textId="2D33682F" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>27 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC30FB8" w14:textId="3CCEFF76" w:rsidR="0073422E" w:rsidRDefault="004A7559" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>Raginskienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="3B030EAF" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="744"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5531622B" w14:textId="620727C2" w:rsidR="00D02514" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Mokytojų </w:t>
             </w:r>
             <w:r w:rsidR="00D7223F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>susirinkimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
-[...29 lines deleted...]
-            <w:r>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="628FEC34" w14:textId="2FD0C017" w:rsidR="00D02514" w:rsidRDefault="0073422E" w:rsidP="00D02514">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+            <w:r w:rsidR="00D02514">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> d. 9:</w:t>
             </w:r>
             <w:r w:rsidR="00D7223F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D02514">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>0 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="466565E6" w14:textId="56FCE393" w:rsidR="00D02514" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="438CCAC5" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="00E72CBB" w:rsidRPr="00F75017" w14:paraId="438CCAC5" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
-          <w:trHeight w:val="744"/>
+          <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="30570A81" w14:textId="195D92EF" w:rsidR="00E72CBB" w:rsidRDefault="00E72CBB" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30570A81" w14:textId="72CFA8C1" w:rsidR="00E72CBB" w:rsidRDefault="00E72CBB" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių atostogos</w:t>
             </w:r>
-          </w:p>
-[...37 lines deleted...]
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:r w:rsidR="00E47A4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Velykų)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="163ABE7F" w14:textId="22147A57" w:rsidR="00E72CBB" w:rsidRDefault="0073422E" w:rsidP="0047481D">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kovo 30 d. – balandžio </w:t>
+            </w:r>
+            <w:r w:rsidR="007D5487">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0047481D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lt-LT"/>
+              </w:rPr>
+              <w:t>d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66AADA7D" w14:textId="71CC350A" w:rsidR="00E72CBB" w:rsidRDefault="004256E5" w:rsidP="00D02514">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="767F1AF2" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00F75017" w14:paraId="767F1AF2" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5657B87F" w14:textId="285D6B7D" w:rsidR="00D02514" w:rsidRPr="009049D6" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Direkciniai</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> susirinkimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E4DCB5B" w14:textId="0211CEF0" w:rsidR="00D02514" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Pirmadieniais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="097F5F7E" w14:textId="1AC65B12" w:rsidR="00D02514" w:rsidRPr="009049D6" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Administracija</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D02514" w:rsidRPr="004B1143" w14:paraId="34E6D3E3" w14:textId="77777777" w:rsidTr="00E5389F">
         <w:trPr>
           <w:trHeight w:val="267"/>
@@ -2958,249 +3695,249 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F808EE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>PRISTATYTI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00244CEF" w14:paraId="3C6BF74B" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00244CEF" w14:paraId="3C6BF74B" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
+            <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="165B87EE" w14:textId="77777777" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Kelionės į darbą išlaidų ataskaitą</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="507A6E7B" w14:textId="77777777" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03ED474B" w14:textId="36EFFB60" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40D4BD38" w14:textId="6D411C23" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">DVS </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D02514" w:rsidRPr="00244CEF" w14:paraId="54E4D57A" w14:textId="77777777" w:rsidTr="00C24FD8">
+      <w:tr w:rsidR="00D02514" w:rsidRPr="00244CEF" w14:paraId="54E4D57A" w14:textId="77777777" w:rsidTr="0047481D">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4096" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="14FACBF2" w14:textId="6D9003BC" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00583DC7" w:rsidP="00D02514">
+            <w:tcW w:w="4248" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14FACBF2" w14:textId="7A2545AE" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00837528" w:rsidP="00D02514">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
-              <w:t>Kovo</w:t>
+              <w:t>Balandžio</w:t>
             </w:r>
             <w:r w:rsidR="00D02514">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> mėnesio veiklas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2845" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="746EB244" w14:textId="3BB8CE3A" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Iki 2</w:t>
             </w:r>
             <w:r w:rsidR="00D7223F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2960" w:type="dxa"/>
+            <w:tcW w:w="2535" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55B9D31D" w14:textId="10810D06" w:rsidR="00D02514" w:rsidRPr="0016105B" w:rsidRDefault="00D02514" w:rsidP="00D02514">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
               </w:rPr>
               <w:t>Direktoriaus pavaduotojams</w:t>
             </w:r>
             <w:r w:rsidRPr="0016105B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lt-LT"/>
@@ -3210,91 +3947,91 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A125A42" w14:textId="40AD7EF0" w:rsidR="00D0674C" w:rsidRPr="00F75017" w:rsidRDefault="00D0674C" w:rsidP="00C24FD8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D0674C" w:rsidRPr="00F75017" w:rsidSect="003515EB">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="567" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Historic">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001EF" w:usb1="02000002" w:usb2="0060C080" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CBA30C1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2A902734"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="435" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="10"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="435" w:hanging="435"/>
       </w:pPr>
       <w:rPr>
@@ -3720,404 +4457,430 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="688482979">
+  <w:num w:numId="1" w16cid:durableId="615333753">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1351295514">
+  <w:num w:numId="2" w16cid:durableId="838351829">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="592126217">
+  <w:num w:numId="3" w16cid:durableId="1846558217">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1562448415">
+  <w:num w:numId="4" w16cid:durableId="935555658">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="898127640">
+  <w:num w:numId="5" w16cid:durableId="370031258">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D0674C"/>
+    <w:rsid w:val="000079D8"/>
     <w:rsid w:val="0001112A"/>
     <w:rsid w:val="00011BEB"/>
     <w:rsid w:val="0001386E"/>
     <w:rsid w:val="000157C8"/>
     <w:rsid w:val="00023244"/>
     <w:rsid w:val="00024D06"/>
     <w:rsid w:val="0002772C"/>
     <w:rsid w:val="00036F77"/>
     <w:rsid w:val="000469F5"/>
     <w:rsid w:val="00046B22"/>
+    <w:rsid w:val="0005186A"/>
     <w:rsid w:val="00057234"/>
     <w:rsid w:val="00064CB8"/>
     <w:rsid w:val="00064E1C"/>
     <w:rsid w:val="00066373"/>
     <w:rsid w:val="0006662B"/>
     <w:rsid w:val="00083642"/>
+    <w:rsid w:val="00086CE8"/>
     <w:rsid w:val="000914B6"/>
     <w:rsid w:val="000B155B"/>
     <w:rsid w:val="000B185F"/>
     <w:rsid w:val="000B4231"/>
     <w:rsid w:val="000B70B3"/>
+    <w:rsid w:val="000C0196"/>
     <w:rsid w:val="000C1507"/>
     <w:rsid w:val="000D6AF8"/>
     <w:rsid w:val="000D7B7E"/>
     <w:rsid w:val="000E1138"/>
     <w:rsid w:val="000E423A"/>
     <w:rsid w:val="000E470B"/>
     <w:rsid w:val="000E6251"/>
     <w:rsid w:val="00140205"/>
     <w:rsid w:val="00141E9D"/>
     <w:rsid w:val="0016105B"/>
     <w:rsid w:val="00161A91"/>
     <w:rsid w:val="001643FD"/>
     <w:rsid w:val="001677C6"/>
     <w:rsid w:val="00167969"/>
     <w:rsid w:val="00172212"/>
     <w:rsid w:val="001942F2"/>
     <w:rsid w:val="001A3D58"/>
     <w:rsid w:val="001C6D2A"/>
     <w:rsid w:val="001E2C71"/>
     <w:rsid w:val="001F115B"/>
     <w:rsid w:val="002114CC"/>
     <w:rsid w:val="0021185A"/>
     <w:rsid w:val="00211D3F"/>
     <w:rsid w:val="00216DFF"/>
     <w:rsid w:val="002460BE"/>
     <w:rsid w:val="00251E6B"/>
     <w:rsid w:val="00257A24"/>
-    <w:rsid w:val="0026213D"/>
     <w:rsid w:val="00262184"/>
     <w:rsid w:val="00263F80"/>
     <w:rsid w:val="00291D2A"/>
     <w:rsid w:val="002A2853"/>
     <w:rsid w:val="002A2F6A"/>
     <w:rsid w:val="002B10EF"/>
     <w:rsid w:val="002B52A6"/>
     <w:rsid w:val="002C14AB"/>
     <w:rsid w:val="002C1B64"/>
     <w:rsid w:val="002C3A29"/>
+    <w:rsid w:val="002C413E"/>
     <w:rsid w:val="002E5A6E"/>
     <w:rsid w:val="002F6B2F"/>
     <w:rsid w:val="003026B2"/>
     <w:rsid w:val="00303EC3"/>
     <w:rsid w:val="00312445"/>
     <w:rsid w:val="00337142"/>
     <w:rsid w:val="003371EA"/>
     <w:rsid w:val="003444FB"/>
     <w:rsid w:val="003515EB"/>
     <w:rsid w:val="0035712C"/>
     <w:rsid w:val="00370168"/>
     <w:rsid w:val="00380D29"/>
     <w:rsid w:val="00383BA6"/>
     <w:rsid w:val="003874E7"/>
     <w:rsid w:val="00395077"/>
     <w:rsid w:val="003955AE"/>
     <w:rsid w:val="003A2687"/>
     <w:rsid w:val="003A62D6"/>
     <w:rsid w:val="003C51EF"/>
     <w:rsid w:val="003E0168"/>
     <w:rsid w:val="003E3FE7"/>
     <w:rsid w:val="003F75AF"/>
     <w:rsid w:val="00403879"/>
     <w:rsid w:val="00405561"/>
     <w:rsid w:val="00406C60"/>
     <w:rsid w:val="00410399"/>
     <w:rsid w:val="00410D21"/>
     <w:rsid w:val="004256E5"/>
     <w:rsid w:val="0043131B"/>
     <w:rsid w:val="00431CA1"/>
     <w:rsid w:val="0043220D"/>
     <w:rsid w:val="00446368"/>
+    <w:rsid w:val="00462ACD"/>
     <w:rsid w:val="00463DAF"/>
     <w:rsid w:val="00464B34"/>
     <w:rsid w:val="00465D8B"/>
-    <w:rsid w:val="004660B2"/>
     <w:rsid w:val="0047240A"/>
+    <w:rsid w:val="0047481D"/>
     <w:rsid w:val="00480F21"/>
     <w:rsid w:val="004857C9"/>
     <w:rsid w:val="0049054B"/>
     <w:rsid w:val="004A156C"/>
+    <w:rsid w:val="004A7559"/>
     <w:rsid w:val="004C0AD5"/>
     <w:rsid w:val="004C371C"/>
     <w:rsid w:val="004C3820"/>
     <w:rsid w:val="004D24D6"/>
     <w:rsid w:val="004E5D4B"/>
     <w:rsid w:val="004E62F3"/>
     <w:rsid w:val="00501AB6"/>
     <w:rsid w:val="00501AC0"/>
     <w:rsid w:val="00507798"/>
     <w:rsid w:val="00516719"/>
+    <w:rsid w:val="00516C77"/>
     <w:rsid w:val="00522CE2"/>
-    <w:rsid w:val="0052526B"/>
     <w:rsid w:val="00526E90"/>
     <w:rsid w:val="005354F2"/>
     <w:rsid w:val="00540431"/>
-    <w:rsid w:val="00552E51"/>
+    <w:rsid w:val="00542264"/>
     <w:rsid w:val="00562075"/>
     <w:rsid w:val="00564716"/>
     <w:rsid w:val="00583DC7"/>
     <w:rsid w:val="00583F91"/>
     <w:rsid w:val="00585707"/>
     <w:rsid w:val="005868A2"/>
     <w:rsid w:val="00592DAF"/>
     <w:rsid w:val="005947FB"/>
     <w:rsid w:val="00597C50"/>
     <w:rsid w:val="005A0DC5"/>
     <w:rsid w:val="005B677F"/>
     <w:rsid w:val="005C24C0"/>
     <w:rsid w:val="005E2417"/>
+    <w:rsid w:val="005E558F"/>
     <w:rsid w:val="006026ED"/>
     <w:rsid w:val="00603BED"/>
     <w:rsid w:val="00605942"/>
     <w:rsid w:val="0061756A"/>
     <w:rsid w:val="00626073"/>
     <w:rsid w:val="00652847"/>
     <w:rsid w:val="0065610D"/>
     <w:rsid w:val="00667F4F"/>
     <w:rsid w:val="006721DB"/>
     <w:rsid w:val="00677909"/>
     <w:rsid w:val="0068028E"/>
     <w:rsid w:val="006903E2"/>
     <w:rsid w:val="006911EC"/>
     <w:rsid w:val="0069172A"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006A7A58"/>
+    <w:rsid w:val="006C15E1"/>
     <w:rsid w:val="006C6FC4"/>
     <w:rsid w:val="006D244A"/>
     <w:rsid w:val="006D660A"/>
     <w:rsid w:val="007015F8"/>
     <w:rsid w:val="00711DFF"/>
     <w:rsid w:val="00712BC3"/>
     <w:rsid w:val="00721C8C"/>
     <w:rsid w:val="00721D2B"/>
+    <w:rsid w:val="0073422E"/>
     <w:rsid w:val="0075326B"/>
     <w:rsid w:val="0075751A"/>
     <w:rsid w:val="00761773"/>
     <w:rsid w:val="007618A8"/>
     <w:rsid w:val="00762894"/>
     <w:rsid w:val="00770DC3"/>
+    <w:rsid w:val="007809ED"/>
     <w:rsid w:val="007A0509"/>
+    <w:rsid w:val="007B380A"/>
     <w:rsid w:val="007B679C"/>
     <w:rsid w:val="007B7B4B"/>
     <w:rsid w:val="007C79C9"/>
     <w:rsid w:val="007D2CBF"/>
     <w:rsid w:val="007D4077"/>
+    <w:rsid w:val="007D5487"/>
     <w:rsid w:val="007F0199"/>
     <w:rsid w:val="007F6212"/>
     <w:rsid w:val="00801699"/>
     <w:rsid w:val="00807510"/>
     <w:rsid w:val="00817C4F"/>
     <w:rsid w:val="00830560"/>
     <w:rsid w:val="00831596"/>
     <w:rsid w:val="0083286F"/>
     <w:rsid w:val="008328C2"/>
+    <w:rsid w:val="00837528"/>
     <w:rsid w:val="0084072E"/>
     <w:rsid w:val="008524B8"/>
     <w:rsid w:val="0085755A"/>
     <w:rsid w:val="008631D7"/>
     <w:rsid w:val="00864B73"/>
     <w:rsid w:val="00867D92"/>
     <w:rsid w:val="00872766"/>
     <w:rsid w:val="00873B5E"/>
     <w:rsid w:val="008844D2"/>
     <w:rsid w:val="00887380"/>
     <w:rsid w:val="008B0357"/>
     <w:rsid w:val="008B65BD"/>
     <w:rsid w:val="008D7813"/>
     <w:rsid w:val="008E7578"/>
     <w:rsid w:val="008F6380"/>
+    <w:rsid w:val="008F7C6E"/>
     <w:rsid w:val="00900F86"/>
     <w:rsid w:val="0090634F"/>
     <w:rsid w:val="00917AB3"/>
     <w:rsid w:val="00920403"/>
+    <w:rsid w:val="00924124"/>
     <w:rsid w:val="00925383"/>
     <w:rsid w:val="00931983"/>
     <w:rsid w:val="009376FF"/>
     <w:rsid w:val="00953D6F"/>
     <w:rsid w:val="00955F8F"/>
     <w:rsid w:val="009802A5"/>
     <w:rsid w:val="00994260"/>
     <w:rsid w:val="009A05CD"/>
     <w:rsid w:val="009A28AF"/>
     <w:rsid w:val="009A4AEA"/>
     <w:rsid w:val="009B1AAF"/>
     <w:rsid w:val="009B5273"/>
     <w:rsid w:val="009E0CF5"/>
     <w:rsid w:val="009F061B"/>
     <w:rsid w:val="009F35E0"/>
     <w:rsid w:val="00A03DCC"/>
     <w:rsid w:val="00A06388"/>
     <w:rsid w:val="00A07B7A"/>
     <w:rsid w:val="00A15AB2"/>
     <w:rsid w:val="00A22C48"/>
     <w:rsid w:val="00A26D14"/>
     <w:rsid w:val="00A2778A"/>
+    <w:rsid w:val="00A365D6"/>
     <w:rsid w:val="00A447AD"/>
     <w:rsid w:val="00A45FD7"/>
     <w:rsid w:val="00A5266F"/>
     <w:rsid w:val="00A569E0"/>
+    <w:rsid w:val="00A62512"/>
+    <w:rsid w:val="00A664EC"/>
     <w:rsid w:val="00A74DBF"/>
     <w:rsid w:val="00A75C6B"/>
+    <w:rsid w:val="00A76D0B"/>
     <w:rsid w:val="00A837F5"/>
     <w:rsid w:val="00A83F45"/>
     <w:rsid w:val="00A840A9"/>
     <w:rsid w:val="00AA1323"/>
     <w:rsid w:val="00AB2FBF"/>
     <w:rsid w:val="00AB47B5"/>
     <w:rsid w:val="00AC09C2"/>
     <w:rsid w:val="00AC24E2"/>
     <w:rsid w:val="00AD59FF"/>
     <w:rsid w:val="00AD7E69"/>
     <w:rsid w:val="00AF1326"/>
     <w:rsid w:val="00AF3B22"/>
     <w:rsid w:val="00B125BA"/>
     <w:rsid w:val="00B149D9"/>
     <w:rsid w:val="00B2200F"/>
     <w:rsid w:val="00B223C8"/>
     <w:rsid w:val="00B22B27"/>
     <w:rsid w:val="00B2699F"/>
     <w:rsid w:val="00B355A9"/>
     <w:rsid w:val="00B37E19"/>
     <w:rsid w:val="00B440AB"/>
     <w:rsid w:val="00B517AA"/>
     <w:rsid w:val="00B51C7C"/>
     <w:rsid w:val="00B62E1D"/>
     <w:rsid w:val="00B63768"/>
     <w:rsid w:val="00B67069"/>
     <w:rsid w:val="00B679B6"/>
     <w:rsid w:val="00B7346E"/>
+    <w:rsid w:val="00B77C14"/>
     <w:rsid w:val="00B959C4"/>
     <w:rsid w:val="00BA03D4"/>
     <w:rsid w:val="00BA0DF4"/>
     <w:rsid w:val="00BA1676"/>
     <w:rsid w:val="00BA6AF0"/>
     <w:rsid w:val="00BB0912"/>
     <w:rsid w:val="00BC6106"/>
     <w:rsid w:val="00BD5873"/>
     <w:rsid w:val="00BE717D"/>
     <w:rsid w:val="00BF328C"/>
     <w:rsid w:val="00BF40DD"/>
     <w:rsid w:val="00BF458F"/>
     <w:rsid w:val="00C03808"/>
+    <w:rsid w:val="00C05782"/>
     <w:rsid w:val="00C17FCC"/>
     <w:rsid w:val="00C23596"/>
     <w:rsid w:val="00C24FD8"/>
     <w:rsid w:val="00C25BC5"/>
     <w:rsid w:val="00C32F88"/>
     <w:rsid w:val="00C36204"/>
     <w:rsid w:val="00C41659"/>
     <w:rsid w:val="00C42351"/>
     <w:rsid w:val="00C57AFB"/>
+    <w:rsid w:val="00C715E8"/>
     <w:rsid w:val="00C773AC"/>
     <w:rsid w:val="00C77BFA"/>
     <w:rsid w:val="00C77F3D"/>
     <w:rsid w:val="00C80369"/>
     <w:rsid w:val="00C8140B"/>
     <w:rsid w:val="00C87B18"/>
     <w:rsid w:val="00C92D05"/>
     <w:rsid w:val="00C92FEC"/>
     <w:rsid w:val="00C95F40"/>
     <w:rsid w:val="00CA3808"/>
     <w:rsid w:val="00CF00FC"/>
     <w:rsid w:val="00CF0833"/>
     <w:rsid w:val="00CF21A8"/>
+    <w:rsid w:val="00CF48FF"/>
     <w:rsid w:val="00CF67F0"/>
     <w:rsid w:val="00D02514"/>
     <w:rsid w:val="00D0674C"/>
     <w:rsid w:val="00D13E1C"/>
     <w:rsid w:val="00D20CC7"/>
     <w:rsid w:val="00D270AA"/>
     <w:rsid w:val="00D37B79"/>
     <w:rsid w:val="00D43B7E"/>
     <w:rsid w:val="00D45A54"/>
     <w:rsid w:val="00D472A7"/>
     <w:rsid w:val="00D5172F"/>
+    <w:rsid w:val="00D54E5C"/>
     <w:rsid w:val="00D57C1E"/>
     <w:rsid w:val="00D649DC"/>
     <w:rsid w:val="00D7223F"/>
+    <w:rsid w:val="00D727E1"/>
     <w:rsid w:val="00D91520"/>
     <w:rsid w:val="00D91678"/>
     <w:rsid w:val="00D94872"/>
     <w:rsid w:val="00D97EE3"/>
     <w:rsid w:val="00DA609B"/>
     <w:rsid w:val="00DA768E"/>
     <w:rsid w:val="00DB3ADE"/>
     <w:rsid w:val="00DB4996"/>
     <w:rsid w:val="00DB64B7"/>
     <w:rsid w:val="00DC7512"/>
     <w:rsid w:val="00DD13D6"/>
     <w:rsid w:val="00DD17DE"/>
     <w:rsid w:val="00DF372B"/>
     <w:rsid w:val="00DF7B13"/>
     <w:rsid w:val="00E05CF4"/>
     <w:rsid w:val="00E20053"/>
     <w:rsid w:val="00E26EB8"/>
     <w:rsid w:val="00E30E11"/>
     <w:rsid w:val="00E376B5"/>
     <w:rsid w:val="00E37EA5"/>
     <w:rsid w:val="00E41475"/>
+    <w:rsid w:val="00E47A4F"/>
     <w:rsid w:val="00E51AF8"/>
     <w:rsid w:val="00E5389F"/>
     <w:rsid w:val="00E56829"/>
     <w:rsid w:val="00E66152"/>
     <w:rsid w:val="00E72CBB"/>
     <w:rsid w:val="00E7356D"/>
     <w:rsid w:val="00E757ED"/>
     <w:rsid w:val="00E80121"/>
     <w:rsid w:val="00EB077A"/>
     <w:rsid w:val="00ED163D"/>
     <w:rsid w:val="00ED5980"/>
     <w:rsid w:val="00EF2A31"/>
     <w:rsid w:val="00F05297"/>
     <w:rsid w:val="00F36D5C"/>
     <w:rsid w:val="00F75017"/>
     <w:rsid w:val="00F767FA"/>
     <w:rsid w:val="00F820B9"/>
     <w:rsid w:val="00F8358C"/>
     <w:rsid w:val="00FA5D9D"/>
     <w:rsid w:val="00FB0022"/>
     <w:rsid w:val="00FB393F"/>
     <w:rsid w:val="00FB4E2C"/>
     <w:rsid w:val="00FD6761"/>
     <w:rsid w:val="00FE0AF7"/>
   </w:rsids>
@@ -4129,51 +4892,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="08BCEBA0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D7B89929-20C9-418F-ADB5-DCA7A4B5D0F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4629,51 +5392,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00064E1C"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2116174714">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
@@ -4954,78 +5717,78 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>911</Characters>
+  <Pages>3</Pages>
+  <Words>478</Words>
+  <Characters>2725</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2503</CharactersWithSpaces>
+  <CharactersWithSpaces>3197</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Dovilė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>