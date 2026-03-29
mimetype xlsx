--- v0 (2026-01-27)
+++ v1 (2026-03-29)
@@ -2,97 +2,97 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28025"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ugnis\homeDir$\RutaJ\My Documents\Meno mokykla\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Dokumentai\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7178D30B-EF07-416F-B671-F4FF313E13CE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A7A161B7-7153-4A90-BBD8-83A07972B476}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="I ketv." sheetId="1" r:id="rId1"/>
     <sheet name="II ketv" sheetId="6" r:id="rId2"/>
     <sheet name="III ketv" sheetId="7" r:id="rId3"/>
     <sheet name="IV ketv" sheetId="8" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E38" i="8" l="1"/>
   <c r="E24" i="8"/>
   <c r="E38" i="7"/>
   <c r="E24" i="7"/>
   <c r="E35" i="6"/>
   <c r="E21" i="6"/>
   <c r="E35" i="1"/>
   <c r="E21" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="41">
   <si>
     <t>RASEINIŲ MENO MOKYKLA</t>
   </si>
   <si>
     <t>PAREIGYBIŲ
  PAVADINIMAS</t>
   </si>
   <si>
     <t>Direktorius</t>
   </si>
   <si>
     <t>Direktoriaus pavaduotojas ugdymui</t>
   </si>
   <si>
     <t>Raštvedys</t>
   </si>
   <si>
     <t>Bibliotekininkas</t>
   </si>
   <si>
     <t>Specialistas renginiams</t>
   </si>
   <si>
     <t>Etatai</t>
   </si>
@@ -170,50 +170,57 @@
     <t>2025 m. I ketvirtis</t>
   </si>
   <si>
     <t>Raštinės administratorius</t>
   </si>
   <si>
     <t>Pagalbinis statinių priežiūros darbininkas</t>
   </si>
   <si>
     <t>Pastatų ir statinių remontininkas</t>
   </si>
   <si>
     <t>Spektaklių (koncertų) organizatorius</t>
   </si>
   <si>
     <t>Muzikos instrumentų derintojas</t>
   </si>
   <si>
     <t>Duomenų įvesties operatorius</t>
   </si>
   <si>
     <t>Koncertmeisteris</t>
   </si>
   <si>
     <t>Archyvaras</t>
+  </si>
+  <si>
+    <t>2025m.
+IV ketvirtis</t>
+  </si>
+  <si>
+    <t>2025 m. IV ketvirtis</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -631,99 +638,99 @@
     <xf numFmtId="2" fontId="0" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="2" fontId="1" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="24" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="25" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Įprastas" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
@@ -1020,1930 +1027,1930 @@
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B3:G38"/>
   <sheetViews>
     <sheetView topLeftCell="A8" workbookViewId="0">
       <selection activeCell="J34" sqref="J34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" customWidth="1"/>
     <col min="5" max="7" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="39"/>
-[...3 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="39" t="s">
+      <c r="B4" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="39"/>
-[...3 lines deleted...]
-      <c r="G4" s="39"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="39"/>
-[...3 lines deleted...]
-      <c r="G6" s="39"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B7" s="35"/>
-[...4 lines deleted...]
-      <c r="G7" s="35"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:7" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="33"/>
+      <c r="B9" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="39"/>
+      <c r="D9" s="39"/>
       <c r="E9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="45" t="s">
+      <c r="B10" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="46"/>
-      <c r="D10" s="46"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
       <c r="E10" s="14">
         <v>1</v>
       </c>
       <c r="F10" s="6">
         <v>1</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="42" t="s">
+      <c r="B11" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="43"/>
-      <c r="D11" s="43"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
       <c r="E11" s="15">
         <v>1.5</v>
       </c>
       <c r="F11" s="2">
         <v>2</v>
       </c>
       <c r="G11" s="22">
         <v>4201.93</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="36" t="s">
+      <c r="B12" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="37"/>
-      <c r="D12" s="38"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="37"/>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="2">
         <v>1</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="C13" s="37"/>
-      <c r="D13" s="38"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="37"/>
       <c r="E13" s="15">
         <v>1</v>
       </c>
       <c r="F13" s="2">
         <v>2</v>
       </c>
       <c r="G13" s="13">
         <v>1486.95</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="37"/>
-      <c r="D14" s="38"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="37"/>
       <c r="E14" s="15">
         <v>0.5</v>
       </c>
       <c r="F14" s="2">
         <v>1</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="42" t="s">
+      <c r="B15" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="C15" s="43"/>
-      <c r="D15" s="43"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="32"/>
       <c r="E15" s="15">
         <v>1</v>
       </c>
       <c r="F15" s="2">
         <v>1</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="42" t="s">
+      <c r="B16" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="C16" s="43"/>
-      <c r="D16" s="43"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
       <c r="E16" s="15">
         <v>0.5</v>
       </c>
       <c r="F16" s="2">
         <v>2</v>
       </c>
       <c r="G16" s="22">
         <v>1553.2</v>
       </c>
     </row>
     <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="42" t="s">
+      <c r="B17" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="43"/>
-      <c r="D17" s="43"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="32"/>
       <c r="E17" s="2">
         <v>0.5</v>
       </c>
       <c r="F17" s="2">
         <v>1</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="36" t="s">
+      <c r="B18" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="C18" s="37"/>
-      <c r="D18" s="38"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="37"/>
       <c r="E18" s="2">
         <v>0.25</v>
       </c>
       <c r="F18" s="2">
         <v>1</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B19" s="42" t="s">
+      <c r="B19" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="43"/>
-      <c r="D19" s="43"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
       <c r="E19" s="2">
         <v>4</v>
       </c>
       <c r="F19" s="2">
         <v>4</v>
       </c>
       <c r="G19" s="22">
         <v>1038</v>
       </c>
     </row>
     <row r="20" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="30" t="s">
+      <c r="B20" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="31"/>
-      <c r="D20" s="31"/>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
       <c r="E20" s="3">
         <v>1</v>
       </c>
       <c r="F20" s="3">
         <v>2</v>
       </c>
       <c r="G20" s="20">
         <v>1320.91</v>
       </c>
     </row>
     <row r="21" spans="2:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="32" t="s">
+      <c r="B21" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C21" s="33"/>
-      <c r="D21" s="34"/>
+      <c r="C21" s="39"/>
+      <c r="D21" s="42"/>
       <c r="E21" s="7">
         <f>SUM(E10:E20)</f>
         <v>12.25</v>
       </c>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B23" s="35" t="s">
+      <c r="B23" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C23" s="35"/>
-[...3 lines deleted...]
-      <c r="G23" s="35"/>
+      <c r="C23" s="40"/>
+      <c r="D23" s="40"/>
+      <c r="E23" s="40"/>
+      <c r="F23" s="40"/>
+      <c r="G23" s="40"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B26" s="39" t="s">
+      <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="39"/>
-[...3 lines deleted...]
-      <c r="G26" s="39"/>
+      <c r="C26" s="30"/>
+      <c r="D26" s="30"/>
+      <c r="E26" s="30"/>
+      <c r="F26" s="30"/>
+      <c r="G26" s="30"/>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B27" s="35"/>
-[...4 lines deleted...]
-      <c r="G27" s="35"/>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
+      <c r="F27" s="40"/>
+      <c r="G27" s="40"/>
     </row>
     <row r="28" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
     </row>
     <row r="29" spans="2:7" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="17"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="19" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="40" t="s">
+      <c r="B30" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="41"/>
-      <c r="D30" s="41"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
       <c r="E30" s="5">
         <v>1.78</v>
       </c>
       <c r="F30" s="5">
         <v>2</v>
       </c>
       <c r="G30" s="21">
         <v>3178.73</v>
       </c>
     </row>
     <row r="31" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B31" s="42" t="s">
+      <c r="B31" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="C31" s="43"/>
-      <c r="D31" s="43"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="32"/>
       <c r="E31" s="4">
         <v>6.63</v>
       </c>
       <c r="F31" s="4">
         <v>10</v>
       </c>
       <c r="G31" s="22">
         <v>2277.63</v>
       </c>
     </row>
     <row r="32" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="42" t="s">
+      <c r="B32" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="C32" s="43"/>
-      <c r="D32" s="43"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
       <c r="E32" s="4">
         <v>20.61</v>
       </c>
       <c r="F32" s="4">
         <v>22</v>
       </c>
       <c r="G32" s="22">
         <v>2124.44</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="42" t="s">
+      <c r="B33" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="C33" s="43"/>
-      <c r="D33" s="43"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="32"/>
       <c r="E33" s="4">
         <v>5.45</v>
       </c>
       <c r="F33" s="4">
         <v>12</v>
       </c>
       <c r="G33" s="22">
         <v>2005.18</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="30" t="s">
+      <c r="B34" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="C34" s="31"/>
-      <c r="D34" s="31"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
       <c r="E34" s="24">
         <v>2.35</v>
       </c>
       <c r="F34" s="24">
         <v>3</v>
       </c>
       <c r="G34" s="20">
         <v>1958.05</v>
       </c>
     </row>
     <row r="35" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B35" s="32" t="s">
+      <c r="B35" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C35" s="33"/>
-      <c r="D35" s="34"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="42"/>
       <c r="E35" s="25">
         <f>SUM(E30:E34)</f>
         <v>36.82</v>
       </c>
       <c r="F35" s="26"/>
       <c r="G35" s="11"/>
     </row>
     <row r="38" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B38" s="35" t="s">
+      <c r="B38" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C38" s="35"/>
-[...3 lines deleted...]
-      <c r="G38" s="35"/>
+      <c r="C38" s="40"/>
+      <c r="D38" s="40"/>
+      <c r="E38" s="40"/>
+      <c r="F38" s="40"/>
+      <c r="G38" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B3:G3"/>
-[...10 lines deleted...]
-    <mergeCell ref="B13:D13"/>
     <mergeCell ref="B38:G38"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B35:D35"/>
     <mergeCell ref="B34:D34"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="B32:D32"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="B30:D30"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{ED1055E9-5750-46E7-B0FF-2DB30682C2A1}">
   <dimension ref="B3:G38"/>
   <sheetViews>
     <sheetView topLeftCell="A8" workbookViewId="0">
       <selection activeCell="G35" sqref="G35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" customWidth="1"/>
     <col min="5" max="7" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="39"/>
-[...3 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="39" t="s">
+      <c r="B4" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="39"/>
-[...3 lines deleted...]
-      <c r="G4" s="39"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="39"/>
-[...3 lines deleted...]
-      <c r="G6" s="39"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B7" s="35"/>
-[...4 lines deleted...]
-      <c r="G7" s="35"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:7" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="33"/>
+      <c r="B9" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="39"/>
+      <c r="D9" s="39"/>
       <c r="E9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="45" t="s">
+      <c r="B10" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="46"/>
-      <c r="D10" s="46"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
       <c r="E10" s="14">
         <v>1</v>
       </c>
       <c r="F10" s="6">
         <v>1</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="42" t="s">
+      <c r="B11" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="43"/>
-      <c r="D11" s="43"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
       <c r="E11" s="15">
         <v>1.5</v>
       </c>
       <c r="F11" s="2">
         <v>2</v>
       </c>
       <c r="G11" s="22">
         <v>4201.93</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="36" t="s">
+      <c r="B12" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="37"/>
-      <c r="D12" s="38"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="37"/>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="2">
         <v>1</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="C13" s="37"/>
-      <c r="D13" s="38"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="37"/>
       <c r="E13" s="15">
         <v>1</v>
       </c>
       <c r="F13" s="2">
         <v>2</v>
       </c>
       <c r="G13" s="13">
         <v>1393.14</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="37"/>
-      <c r="D14" s="38"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="37"/>
       <c r="E14" s="15">
         <v>0.5</v>
       </c>
       <c r="F14" s="2">
         <v>1</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="42" t="s">
+      <c r="B15" s="31" t="s">
         <v>4</v>
       </c>
-      <c r="C15" s="43"/>
-      <c r="D15" s="43"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="32"/>
       <c r="E15" s="15">
         <v>1</v>
       </c>
       <c r="F15" s="2">
         <v>1</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="42" t="s">
+      <c r="B16" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="C16" s="43"/>
-      <c r="D16" s="43"/>
+      <c r="C16" s="32"/>
+      <c r="D16" s="32"/>
       <c r="E16" s="15">
         <v>0.5</v>
       </c>
       <c r="F16" s="2">
         <v>2</v>
       </c>
       <c r="G16" s="22">
         <v>1683.64</v>
       </c>
     </row>
     <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="42" t="s">
+      <c r="B17" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="43"/>
-      <c r="D17" s="43"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="32"/>
       <c r="E17" s="2">
         <v>0.5</v>
       </c>
       <c r="F17" s="2">
         <v>1</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="36" t="s">
+      <c r="B18" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="C18" s="37"/>
-      <c r="D18" s="38"/>
+      <c r="C18" s="36"/>
+      <c r="D18" s="37"/>
       <c r="E18" s="2">
         <v>0.25</v>
       </c>
       <c r="F18" s="2">
         <v>1</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B19" s="42" t="s">
+      <c r="B19" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="43"/>
-      <c r="D19" s="43"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="32"/>
       <c r="E19" s="2">
         <v>4</v>
       </c>
       <c r="F19" s="2">
         <v>4</v>
       </c>
       <c r="G19" s="22">
         <v>1038</v>
       </c>
     </row>
     <row r="20" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B20" s="30" t="s">
+      <c r="B20" s="43" t="s">
         <v>9</v>
       </c>
-      <c r="C20" s="31"/>
-      <c r="D20" s="31"/>
+      <c r="C20" s="44"/>
+      <c r="D20" s="44"/>
       <c r="E20" s="3">
         <v>1</v>
       </c>
       <c r="F20" s="3">
         <v>2</v>
       </c>
       <c r="G20" s="20">
         <v>1179.5999999999999</v>
       </c>
     </row>
     <row r="21" spans="2:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="32" t="s">
+      <c r="B21" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C21" s="33"/>
-      <c r="D21" s="34"/>
+      <c r="C21" s="39"/>
+      <c r="D21" s="42"/>
       <c r="E21" s="7">
         <f>SUM(E10:E20)</f>
         <v>12.25</v>
       </c>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
     </row>
     <row r="23" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B23" s="35" t="s">
+      <c r="B23" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C23" s="35"/>
-[...3 lines deleted...]
-      <c r="G23" s="35"/>
+      <c r="C23" s="40"/>
+      <c r="D23" s="40"/>
+      <c r="E23" s="40"/>
+      <c r="F23" s="40"/>
+      <c r="G23" s="40"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B26" s="39" t="s">
+      <c r="B26" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C26" s="39"/>
-[...3 lines deleted...]
-      <c r="G26" s="39"/>
+      <c r="C26" s="30"/>
+      <c r="D26" s="30"/>
+      <c r="E26" s="30"/>
+      <c r="F26" s="30"/>
+      <c r="G26" s="30"/>
     </row>
     <row r="27" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B27" s="35"/>
-[...4 lines deleted...]
-      <c r="G27" s="35"/>
+      <c r="B27" s="40"/>
+      <c r="C27" s="40"/>
+      <c r="D27" s="40"/>
+      <c r="E27" s="40"/>
+      <c r="F27" s="40"/>
+      <c r="G27" s="40"/>
     </row>
     <row r="28" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="16"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
     </row>
     <row r="29" spans="2:7" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B29" s="17"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="19" t="s">
         <v>14</v>
       </c>
       <c r="G29" s="10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B30" s="40" t="s">
+      <c r="B30" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="C30" s="41"/>
-      <c r="D30" s="41"/>
+      <c r="C30" s="46"/>
+      <c r="D30" s="46"/>
       <c r="E30" s="5">
         <v>1.78</v>
       </c>
       <c r="F30" s="5">
         <v>2</v>
       </c>
       <c r="G30" s="21">
         <v>3178.73</v>
       </c>
     </row>
     <row r="31" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B31" s="42" t="s">
+      <c r="B31" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="C31" s="43"/>
-      <c r="D31" s="43"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="32"/>
       <c r="E31" s="28">
         <v>6.7</v>
       </c>
       <c r="F31" s="27">
         <v>8</v>
       </c>
       <c r="G31" s="22">
         <v>2277.63</v>
       </c>
     </row>
     <row r="32" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B32" s="42" t="s">
+      <c r="B32" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="C32" s="43"/>
-      <c r="D32" s="43"/>
+      <c r="C32" s="32"/>
+      <c r="D32" s="32"/>
       <c r="E32" s="27">
         <v>20.56</v>
       </c>
       <c r="F32" s="27">
         <v>22</v>
       </c>
       <c r="G32" s="22">
         <v>2124.44</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="42" t="s">
+      <c r="B33" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="C33" s="43"/>
-      <c r="D33" s="43"/>
+      <c r="C33" s="32"/>
+      <c r="D33" s="32"/>
       <c r="E33" s="27">
         <v>7.66</v>
       </c>
       <c r="F33" s="4">
         <v>14</v>
       </c>
       <c r="G33" s="22">
         <v>2005.18</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B34" s="30" t="s">
+      <c r="B34" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="C34" s="31"/>
-      <c r="D34" s="31"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="44"/>
       <c r="E34" s="24">
         <v>0.74</v>
       </c>
       <c r="F34" s="24">
         <v>1</v>
       </c>
       <c r="G34" s="20">
         <v>1958.05</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B35" s="32" t="s">
+      <c r="B35" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C35" s="33"/>
-      <c r="D35" s="34"/>
+      <c r="C35" s="39"/>
+      <c r="D35" s="42"/>
       <c r="E35" s="25">
         <f>SUM(E30:E34)</f>
         <v>37.440000000000005</v>
       </c>
       <c r="F35" s="26"/>
       <c r="G35" s="11"/>
     </row>
     <row r="38" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B38" s="35" t="s">
+      <c r="B38" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C38" s="35"/>
-[...3 lines deleted...]
-      <c r="G38" s="35"/>
+      <c r="C38" s="40"/>
+      <c r="D38" s="40"/>
+      <c r="E38" s="40"/>
+      <c r="F38" s="40"/>
+      <c r="G38" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="27">
-    <mergeCell ref="B10:D10"/>
-[...4 lines deleted...]
-    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B38:G38"/>
+    <mergeCell ref="B26:G26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="B33:D33"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="B12:D12"/>
     <mergeCell ref="B13:D13"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B21:D21"/>
-    <mergeCell ref="B34:D34"/>
-[...7 lines deleted...]
-    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B9:D9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA7A8AA3-D7D4-4AB4-9BD7-1C1F496A9B09}">
   <dimension ref="B3:G41"/>
   <sheetViews>
     <sheetView topLeftCell="A12" workbookViewId="0">
       <selection activeCell="K36" sqref="K36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" customWidth="1"/>
     <col min="5" max="7" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="39"/>
-[...3 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="39" t="s">
+      <c r="B4" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="39"/>
-[...3 lines deleted...]
-      <c r="G4" s="39"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="39"/>
-[...3 lines deleted...]
-      <c r="G6" s="39"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B7" s="35"/>
-[...4 lines deleted...]
-      <c r="G7" s="35"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:7" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="33"/>
+      <c r="B9" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="39"/>
+      <c r="D9" s="39"/>
       <c r="E9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="10" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="45" t="s">
+      <c r="B10" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="46"/>
-      <c r="D10" s="46"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
       <c r="E10" s="14">
         <v>1</v>
       </c>
       <c r="F10" s="6">
         <v>1</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="42" t="s">
+      <c r="B11" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="43"/>
-      <c r="D11" s="43"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
       <c r="E11" s="15">
         <v>1.5</v>
       </c>
       <c r="F11" s="2">
         <v>2</v>
       </c>
       <c r="G11" s="29">
         <v>4375.9399999999996</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="36" t="s">
+      <c r="B12" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="37"/>
-      <c r="D12" s="38"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="37"/>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="2">
         <v>1</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="37"/>
-      <c r="D13" s="38"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="37"/>
       <c r="E13" s="15">
         <v>1.25</v>
       </c>
       <c r="F13" s="2">
         <v>1</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="37"/>
-      <c r="D14" s="38"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="37"/>
       <c r="E14" s="15">
         <v>0.5</v>
       </c>
       <c r="F14" s="2">
         <v>1</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="42" t="s">
+      <c r="B15" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="43"/>
-      <c r="D15" s="43"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="32"/>
       <c r="E15" s="15">
         <v>1</v>
       </c>
       <c r="F15" s="2">
         <v>1</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="36" t="s">
+      <c r="B16" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="37"/>
-      <c r="D16" s="38"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="37"/>
       <c r="E16" s="15">
         <v>0.25</v>
       </c>
       <c r="F16" s="2">
         <v>1</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="42" t="s">
+      <c r="B17" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="43"/>
-      <c r="D17" s="43"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="32"/>
       <c r="E17" s="15">
         <v>0.5</v>
       </c>
       <c r="F17" s="2">
         <v>2</v>
       </c>
       <c r="G17" s="29">
         <v>1683.64</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="42" t="s">
+      <c r="B18" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="C18" s="43"/>
-      <c r="D18" s="43"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="32"/>
       <c r="E18" s="2">
         <v>0.25</v>
       </c>
       <c r="F18" s="2">
         <v>0</v>
       </c>
       <c r="G18" s="13"/>
     </row>
     <row r="19" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="36" t="s">
+      <c r="B19" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="C19" s="37"/>
-      <c r="D19" s="38"/>
+      <c r="C19" s="36"/>
+      <c r="D19" s="37"/>
       <c r="E19" s="2">
         <v>0.25</v>
       </c>
       <c r="F19" s="2">
         <v>0</v>
       </c>
       <c r="G19" s="13"/>
     </row>
     <row r="20" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="36" t="s">
+      <c r="B20" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="C20" s="37"/>
-      <c r="D20" s="38"/>
+      <c r="C20" s="36"/>
+      <c r="D20" s="37"/>
       <c r="E20" s="2">
         <v>0.25</v>
       </c>
       <c r="F20" s="2">
         <v>1</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B21" s="42" t="s">
+      <c r="B21" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="C21" s="43"/>
-      <c r="D21" s="43"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
       <c r="E21" s="2">
         <v>4</v>
       </c>
       <c r="F21" s="2">
         <v>4</v>
       </c>
       <c r="G21" s="22">
         <v>1038</v>
       </c>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B22" s="36" t="s">
+      <c r="B22" s="35" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="37"/>
-      <c r="D22" s="38"/>
+      <c r="C22" s="36"/>
+      <c r="D22" s="37"/>
       <c r="E22" s="3">
         <v>0.75</v>
       </c>
       <c r="F22" s="3">
         <v>1</v>
       </c>
       <c r="G22" s="20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="30" t="s">
+      <c r="B23" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="C23" s="31"/>
-      <c r="D23" s="31"/>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
       <c r="E23" s="3">
         <v>0.25</v>
       </c>
       <c r="F23" s="3">
         <v>1</v>
       </c>
       <c r="G23" s="20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="2:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="32" t="s">
+      <c r="B24" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C24" s="33"/>
-      <c r="D24" s="34"/>
+      <c r="C24" s="39"/>
+      <c r="D24" s="42"/>
       <c r="E24" s="7">
         <f>SUM(E10:E23)</f>
         <v>12.75</v>
       </c>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B26" s="35" t="s">
+      <c r="B26" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="35"/>
-[...3 lines deleted...]
-      <c r="G26" s="35"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="40"/>
+      <c r="G26" s="40"/>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B29" s="39" t="s">
+      <c r="B29" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C29" s="39"/>
-[...3 lines deleted...]
-      <c r="G29" s="39"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="30"/>
+      <c r="E29" s="30"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
     </row>
     <row r="30" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B30" s="35"/>
-[...4 lines deleted...]
-      <c r="G30" s="35"/>
+      <c r="B30" s="40"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
     </row>
     <row r="31" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="16"/>
       <c r="C31" s="16"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
     </row>
     <row r="32" spans="2:7" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="17"/>
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F32" s="19" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="10" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="40" t="s">
+      <c r="B33" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="C33" s="41"/>
-      <c r="D33" s="41"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
       <c r="E33" s="5">
         <v>1.78</v>
       </c>
       <c r="F33" s="5">
         <v>2</v>
       </c>
       <c r="G33" s="21">
         <v>3275.36</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="42" t="s">
+      <c r="B34" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="C34" s="43"/>
-      <c r="D34" s="43"/>
+      <c r="C34" s="32"/>
+      <c r="D34" s="32"/>
       <c r="E34" s="28">
         <v>6.7</v>
       </c>
       <c r="F34" s="27">
         <v>8</v>
       </c>
       <c r="G34" s="22">
         <v>2338.39</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="42" t="s">
+      <c r="B35" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="C35" s="43"/>
-      <c r="D35" s="43"/>
+      <c r="C35" s="32"/>
+      <c r="D35" s="32"/>
       <c r="E35" s="27">
         <v>20.56</v>
       </c>
       <c r="F35" s="27">
         <v>22</v>
       </c>
       <c r="G35" s="22">
         <v>2181.1</v>
       </c>
     </row>
     <row r="36" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="42" t="s">
+      <c r="B36" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="C36" s="43"/>
-      <c r="D36" s="43"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="32"/>
       <c r="E36" s="27">
         <v>7.66</v>
       </c>
       <c r="F36" s="4">
         <v>14</v>
       </c>
       <c r="G36" s="22">
         <v>2112.0700000000002</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="30" t="s">
+      <c r="B37" s="43" t="s">
         <v>19</v>
       </c>
-      <c r="C37" s="31"/>
-      <c r="D37" s="31"/>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
       <c r="E37" s="24">
         <v>0.74</v>
       </c>
       <c r="F37" s="24">
         <v>1</v>
       </c>
       <c r="G37" s="20">
         <v>2010.24</v>
       </c>
     </row>
     <row r="38" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="32" t="s">
+      <c r="B38" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C38" s="33"/>
-      <c r="D38" s="34"/>
+      <c r="C38" s="39"/>
+      <c r="D38" s="42"/>
       <c r="E38" s="25">
         <f>SUM(E33:E37)</f>
         <v>37.440000000000005</v>
       </c>
       <c r="F38" s="26"/>
       <c r="G38" s="11"/>
     </row>
     <row r="41" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B41" s="35" t="s">
+      <c r="B41" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C41" s="35"/>
-[...3 lines deleted...]
-      <c r="G41" s="35"/>
+      <c r="C41" s="40"/>
+      <c r="D41" s="40"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="40"/>
+      <c r="G41" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="30">
-    <mergeCell ref="B10:D10"/>
-[...9 lines deleted...]
-    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="B41:G41"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B36:D36"/>
     <mergeCell ref="B16:D16"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B33:D33"/>
     <mergeCell ref="B34:D34"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B21:D21"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B17:D17"/>
-    <mergeCell ref="B37:D37"/>
-[...5 lines deleted...]
-    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B9:D9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B73DD26E-783C-4919-9BF2-0F54ADF927E1}">
   <dimension ref="B3:G41"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A12" workbookViewId="0">
-      <selection activeCell="W25" sqref="W25"/>
+    <sheetView tabSelected="1" topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="G32" sqref="G32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="4" max="4" width="19.28515625" customWidth="1"/>
     <col min="5" max="7" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B3" s="39" t="s">
+      <c r="B3" s="30" t="s">
         <v>0</v>
       </c>
-      <c r="C3" s="39"/>
-[...3 lines deleted...]
-      <c r="G3" s="39"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
     </row>
     <row r="4" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B4" s="39" t="s">
+      <c r="B4" s="30" t="s">
         <v>15</v>
       </c>
-      <c r="C4" s="39"/>
-[...3 lines deleted...]
-      <c r="G4" s="39"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+      <c r="E4" s="30"/>
+      <c r="F4" s="30"/>
+      <c r="G4" s="30"/>
     </row>
     <row r="5" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="30" t="s">
         <v>11</v>
       </c>
-      <c r="C6" s="39"/>
-[...3 lines deleted...]
-      <c r="G6" s="39"/>
+      <c r="C6" s="30"/>
+      <c r="D6" s="30"/>
+      <c r="E6" s="30"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
     </row>
     <row r="7" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B7" s="35"/>
-[...4 lines deleted...]
-      <c r="G7" s="35"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="40"/>
+      <c r="D7" s="40"/>
+      <c r="E7" s="40"/>
+      <c r="F7" s="40"/>
+      <c r="G7" s="40"/>
     </row>
     <row r="8" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="2:7" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="44" t="s">
-[...3 lines deleted...]
-      <c r="D9" s="33"/>
+      <c r="B9" s="38" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="39"/>
+      <c r="D9" s="39"/>
       <c r="E9" s="8" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="45" t="s">
+      <c r="B10" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="C10" s="46"/>
-      <c r="D10" s="46"/>
+      <c r="C10" s="34"/>
+      <c r="D10" s="34"/>
       <c r="E10" s="14">
         <v>1</v>
       </c>
       <c r="F10" s="6">
         <v>1</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="42" t="s">
+      <c r="B11" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="C11" s="43"/>
-      <c r="D11" s="43"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="32"/>
       <c r="E11" s="15">
         <v>1.5</v>
       </c>
       <c r="F11" s="2">
         <v>2</v>
       </c>
       <c r="G11" s="29">
         <v>4922</v>
       </c>
     </row>
     <row r="12" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="36" t="s">
+      <c r="B12" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="37"/>
-      <c r="D12" s="38"/>
+      <c r="C12" s="36"/>
+      <c r="D12" s="37"/>
       <c r="E12" s="15">
         <v>1</v>
       </c>
       <c r="F12" s="2">
         <v>1</v>
       </c>
       <c r="G12" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="36" t="s">
+      <c r="B13" s="35" t="s">
         <v>37</v>
       </c>
-      <c r="C13" s="37"/>
-      <c r="D13" s="38"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="37"/>
       <c r="E13" s="15">
         <v>1.25</v>
       </c>
       <c r="F13" s="2">
         <v>1</v>
       </c>
       <c r="G13" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="35" t="s">
         <v>5</v>
       </c>
-      <c r="C14" s="37"/>
-      <c r="D14" s="38"/>
+      <c r="C14" s="36"/>
+      <c r="D14" s="37"/>
       <c r="E14" s="15">
         <v>0.5</v>
       </c>
       <c r="F14" s="2">
         <v>1</v>
       </c>
       <c r="G14" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="42" t="s">
+      <c r="B15" s="31" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="43"/>
-      <c r="D15" s="43"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="32"/>
       <c r="E15" s="15">
         <v>1</v>
       </c>
       <c r="F15" s="2">
         <v>1</v>
       </c>
       <c r="G15" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="36" t="s">
+      <c r="B16" s="35" t="s">
         <v>38</v>
       </c>
-      <c r="C16" s="37"/>
-      <c r="D16" s="38"/>
+      <c r="C16" s="36"/>
+      <c r="D16" s="37"/>
       <c r="E16" s="15">
         <v>0.25</v>
       </c>
       <c r="F16" s="2">
         <v>1</v>
       </c>
       <c r="G16" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="42" t="s">
+      <c r="B17" s="31" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="43"/>
-      <c r="D17" s="43"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="32"/>
       <c r="E17" s="15">
         <v>0.5</v>
       </c>
       <c r="F17" s="2">
         <v>2</v>
       </c>
       <c r="G17" s="29">
         <v>1878.84</v>
       </c>
     </row>
     <row r="18" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="42" t="s">
+      <c r="B18" s="31" t="s">
         <v>35</v>
       </c>
-      <c r="C18" s="43"/>
-      <c r="D18" s="43"/>
+      <c r="C18" s="32"/>
+      <c r="D18" s="32"/>
       <c r="E18" s="2">
         <v>0.25</v>
       </c>
       <c r="F18" s="2">
         <v>0</v>
       </c>
       <c r="G18" s="13"/>
     </row>
     <row r="19" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="36" t="s">
+      <c r="B19" s="35" t="s">
         <v>36</v>
       </c>
-      <c r="C19" s="37"/>
-      <c r="D19" s="38"/>
+      <c r="C19" s="36"/>
+      <c r="D19" s="37"/>
       <c r="E19" s="2">
         <v>0.25</v>
       </c>
       <c r="F19" s="2">
         <v>0</v>
       </c>
       <c r="G19" s="13"/>
     </row>
     <row r="20" spans="2:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="36" t="s">
+      <c r="B20" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="C20" s="37"/>
-      <c r="D20" s="38"/>
+      <c r="C20" s="36"/>
+      <c r="D20" s="37"/>
       <c r="E20" s="2">
         <v>0.25</v>
       </c>
       <c r="F20" s="2">
         <v>1</v>
       </c>
       <c r="G20" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B21" s="42" t="s">
+      <c r="B21" s="31" t="s">
         <v>8</v>
       </c>
-      <c r="C21" s="43"/>
-      <c r="D21" s="43"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="32"/>
       <c r="E21" s="2">
         <v>4</v>
       </c>
       <c r="F21" s="2">
         <v>4</v>
       </c>
       <c r="G21" s="22">
         <v>1371.33</v>
       </c>
     </row>
     <row r="22" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B22" s="36" t="s">
+      <c r="B22" s="35" t="s">
         <v>33</v>
       </c>
-      <c r="C22" s="37"/>
-      <c r="D22" s="38"/>
+      <c r="C22" s="36"/>
+      <c r="D22" s="37"/>
       <c r="E22" s="3">
         <v>0.75</v>
       </c>
       <c r="F22" s="3">
         <v>1</v>
       </c>
       <c r="G22" s="20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="2:7" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="30" t="s">
+      <c r="B23" s="43" t="s">
         <v>32</v>
       </c>
-      <c r="C23" s="31"/>
-      <c r="D23" s="31"/>
+      <c r="C23" s="44"/>
+      <c r="D23" s="44"/>
       <c r="E23" s="3">
         <v>0.25</v>
       </c>
       <c r="F23" s="3">
         <v>1</v>
       </c>
       <c r="G23" s="20" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="2:7" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B24" s="32" t="s">
+      <c r="B24" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C24" s="33"/>
-      <c r="D24" s="34"/>
+      <c r="C24" s="39"/>
+      <c r="D24" s="42"/>
       <c r="E24" s="7">
         <f>SUM(E10:E23)</f>
         <v>12.75</v>
       </c>
       <c r="F24" s="11"/>
       <c r="G24" s="11"/>
     </row>
     <row r="26" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B26" s="35" t="s">
+      <c r="B26" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C26" s="35"/>
-[...3 lines deleted...]
-      <c r="G26" s="35"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="40"/>
+      <c r="G26" s="40"/>
     </row>
     <row r="29" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B29" s="39" t="s">
+      <c r="B29" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="C29" s="39"/>
-[...3 lines deleted...]
-      <c r="G29" s="39"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="30"/>
+      <c r="E29" s="30"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
     </row>
     <row r="30" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B30" s="35"/>
-[...4 lines deleted...]
-      <c r="G30" s="35"/>
+      <c r="B30" s="40"/>
+      <c r="C30" s="40"/>
+      <c r="D30" s="40"/>
+      <c r="E30" s="40"/>
+      <c r="F30" s="40"/>
+      <c r="G30" s="40"/>
     </row>
     <row r="31" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B31" s="16"/>
       <c r="C31" s="16"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
     </row>
     <row r="32" spans="2:7" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B32" s="17"/>
       <c r="C32" s="18"/>
       <c r="D32" s="18"/>
       <c r="E32" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F32" s="19" t="s">
         <v>14</v>
       </c>
       <c r="G32" s="10" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
     </row>
     <row r="33" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="40" t="s">
+      <c r="B33" s="45" t="s">
         <v>16</v>
       </c>
-      <c r="C33" s="41"/>
-      <c r="D33" s="41"/>
+      <c r="C33" s="46"/>
+      <c r="D33" s="46"/>
       <c r="E33" s="5">
         <v>1.71</v>
       </c>
       <c r="F33" s="5">
         <v>2</v>
       </c>
       <c r="G33" s="21">
         <v>4746.5</v>
       </c>
     </row>
     <row r="34" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="42" t="s">
+      <c r="B34" s="31" t="s">
         <v>20</v>
       </c>
-      <c r="C34" s="43"/>
-      <c r="D34" s="43"/>
+      <c r="C34" s="32"/>
+      <c r="D34" s="32"/>
       <c r="E34" s="28">
         <v>9.51</v>
       </c>
       <c r="F34" s="27">
         <v>12</v>
       </c>
       <c r="G34" s="22">
         <v>2787.91</v>
       </c>
     </row>
     <row r="35" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B35" s="42" t="s">
+      <c r="B35" s="31" t="s">
         <v>17</v>
       </c>
-      <c r="C35" s="43"/>
-      <c r="D35" s="43"/>
+      <c r="C35" s="32"/>
+      <c r="D35" s="32"/>
       <c r="E35" s="27">
         <v>17.32</v>
       </c>
       <c r="F35" s="27">
         <v>18</v>
       </c>
       <c r="G35" s="22">
         <v>2600.33</v>
       </c>
     </row>
     <row r="36" spans="2:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B36" s="42" t="s">
+      <c r="B36" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="C36" s="43"/>
-      <c r="D36" s="43"/>
+      <c r="C36" s="32"/>
+      <c r="D36" s="32"/>
       <c r="E36" s="27">
         <v>7.54</v>
       </c>
       <c r="F36" s="4">
         <v>17</v>
       </c>
       <c r="G36" s="22">
         <v>2454.2399999999998</v>
       </c>
     </row>
     <row r="37" spans="2:7" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B37" s="30"/>
-[...1 lines deleted...]
-      <c r="D37" s="31"/>
+      <c r="B37" s="43"/>
+      <c r="C37" s="44"/>
+      <c r="D37" s="44"/>
       <c r="E37" s="24"/>
       <c r="F37" s="24"/>
       <c r="G37" s="20"/>
     </row>
     <row r="38" spans="2:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B38" s="32" t="s">
+      <c r="B38" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C38" s="33"/>
-      <c r="D38" s="34"/>
+      <c r="C38" s="39"/>
+      <c r="D38" s="42"/>
       <c r="E38" s="25">
         <f>SUM(E33:E37)</f>
         <v>36.08</v>
       </c>
       <c r="F38" s="26"/>
       <c r="G38" s="11"/>
     </row>
     <row r="41" spans="2:7" x14ac:dyDescent="0.25">
-      <c r="B41" s="35" t="s">
+      <c r="B41" s="40" t="s">
         <v>21</v>
       </c>
-      <c r="C41" s="35"/>
-[...3 lines deleted...]
-      <c r="G41" s="35"/>
+      <c r="C41" s="40"/>
+      <c r="D41" s="40"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="40"/>
+      <c r="G41" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="30">
-    <mergeCell ref="B34:D34"/>
-[...3 lines deleted...]
-    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B3:G3"/>
+    <mergeCell ref="B4:G4"/>
+    <mergeCell ref="B6:G6"/>
+    <mergeCell ref="B7:G7"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B21:D21"/>
     <mergeCell ref="B41:G41"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B26:G26"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B30:G30"/>
     <mergeCell ref="B33:D33"/>
-    <mergeCell ref="B17:D17"/>
-[...16 lines deleted...]
-    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B38:D38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Darbalapiai</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>I ketv.</vt:lpstr>
       <vt:lpstr>II ketv</vt:lpstr>